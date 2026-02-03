--- v0 (2025-11-01)
+++ v1 (2026-02-03)
@@ -140,171 +140,168 @@
   <si>
     <t>Jesús Pedro Dieguez</t>
   </si>
   <si>
     <t>Jesús Manuel Velasco</t>
   </si>
   <si>
     <t>MUTUA MONTAÑESA BARCELONA</t>
   </si>
   <si>
     <t>Administrativo, Asistencial y Rehabilitación</t>
   </si>
   <si>
     <t>Av. Diagonal, 491</t>
   </si>
   <si>
     <t>Barcelona</t>
   </si>
   <si>
     <t>08029</t>
   </si>
   <si>
     <t>barcelona@mutuamontanesa.es</t>
   </si>
   <si>
-    <t>Francisco Terrón</t>
-[...1 lines deleted...]
-  <si>
     <t>Jose Antonio Torres Romero y Lucía Rodriguez</t>
   </si>
   <si>
     <t>Marcos Quevedo</t>
   </si>
   <si>
-    <t>De Lunes a Jueves de 8h a 19h. Viernes y Agosto de 8h a 15h.</t>
+    <t>De Lunes a Jueves de 8h a 19h. Viernes y Agosto de 8h a 15h. El 24 y 31 de diciembre, a partir de las 15h, en caso de accidente de trabajo, acudir al centro de urgencia.</t>
   </si>
   <si>
     <t>MUTUA MONTAÑESA BURGOS</t>
   </si>
   <si>
-    <t>C/ San Lesmes, 2, 2º B (en sede Umivale, temporalmente)</t>
+    <t>Av. del Cid Campeador, 112-114</t>
   </si>
   <si>
     <t>Burgos</t>
   </si>
   <si>
     <t>09006</t>
   </si>
   <si>
     <t>burgos@mutuamontanesa.es</t>
   </si>
   <si>
     <t>Mª Teresa García</t>
   </si>
   <si>
     <t>De Lunes a Jueves de 8h a 15:30h. Viernes y Agosto de 8h a 15h.</t>
   </si>
   <si>
     <t>MUTUA MONTAÑESA CÁCERES</t>
   </si>
   <si>
     <t>Av. Ruta de la Plata, 14</t>
   </si>
   <si>
     <t>Cáceres</t>
   </si>
   <si>
     <t>caceres@mutuamontanesa.es</t>
   </si>
   <si>
-    <t>De Lunes a Jueves de 8h a 14h y de 16h a 18h. Viernes, Julio y Agosto de 8h a 15h.</t>
+    <t>De Lunes a Jueves de 8h a 14h y de 16h a 18h. Viernes, Julio y Agosto de 8h a 15h. El 24 y 31 de diciembre, a partir de las 15h, en caso de accidente de trabajo, acudir al centro de urgencia.</t>
   </si>
   <si>
     <t>MUTUA MONTAÑESA CASTRO URDIALES</t>
   </si>
   <si>
-    <t>Leonardo Rucabado, 23 Bajo</t>
+    <t>Calle Cayetano Tueros, nº 9, bajo</t>
   </si>
   <si>
     <t>Castro-Urdiales</t>
   </si>
   <si>
     <t>castro@mutuamontanesa.es</t>
   </si>
   <si>
     <t>Carlos Ruiz</t>
   </si>
   <si>
-    <t>Agustín Domingo</t>
+    <t>Mª Isabel Herrero</t>
   </si>
   <si>
     <t>Lunes de 8h a 15h y de 16h a 19h. De Martes a Viernes y Agosto de 8h a 15h.</t>
   </si>
   <si>
     <t>MUTUA MONTAÑESA GIRONA</t>
   </si>
   <si>
     <t>Avinguda de Lluís Pericot, 13-15</t>
   </si>
   <si>
     <t>Girona</t>
   </si>
   <si>
     <t>girona@mutuamontanesa.es</t>
   </si>
   <si>
     <t>Trinidad López</t>
   </si>
   <si>
     <t>Iván Badal</t>
   </si>
   <si>
-    <t>De Lunes a jueves de 8 h a 19 h. Viernes y Agosto de 8 h a 15 h.</t>
+    <t>De Lunes a jueves de 8 h a 19 h. Viernes y Agosto de 8 h a 15 h. El 24 y 31 de diciembre, a partir de las 15h, en caso de accidente de trabajo, acudir al centro de urgencia.</t>
   </si>
   <si>
     <t>MUTUA MONTAÑESA LEÓN</t>
   </si>
   <si>
     <t>Plaza de Renueva, 38 bajo</t>
   </si>
   <si>
     <t>León</t>
   </si>
   <si>
     <t>leon@mutuamontanesa.es</t>
   </si>
   <si>
     <t>Sonia González</t>
   </si>
   <si>
     <t>MUTUA MONTAÑESA MADRID</t>
   </si>
   <si>
     <t>Paseo del Prado, 16</t>
   </si>
   <si>
     <t>Madrid</t>
   </si>
   <si>
     <t>madrid@mutuamontanesa.es</t>
   </si>
   <si>
     <t>Jesús Pedro Diguez</t>
   </si>
   <si>
-    <t>Lorena Sanz</t>
+    <t>Ainoa Núñez</t>
   </si>
   <si>
     <t>MUTUA MONTAÑESA MÉRIDA</t>
   </si>
   <si>
     <t>Administrativo y Asistencial</t>
   </si>
   <si>
     <t>Av. Reina Sofía, 24</t>
   </si>
   <si>
     <t>Mérida</t>
   </si>
   <si>
     <t>06800</t>
   </si>
   <si>
     <t>merida@mutuamontanesa.es</t>
   </si>
   <si>
     <t>Antonio Jose Monreal</t>
   </si>
   <si>
     <t>MUTUA MONTAÑESA MIRANDA DE EBRO</t>
   </si>
@@ -392,96 +389,99 @@
   <si>
     <t>MUTUA MONTAÑESA PLASENCIA</t>
   </si>
   <si>
     <t>Alfonso VIII, 13</t>
   </si>
   <si>
     <t>Plasencia</t>
   </si>
   <si>
     <t>plasencia@mutuamontanesa.es</t>
   </si>
   <si>
     <t>MUTUA MONTAÑESA SALAMANCA</t>
   </si>
   <si>
     <t>c/ Ancha 6-8 bajo</t>
   </si>
   <si>
     <t>Salamanca</t>
   </si>
   <si>
     <t>salamanca@mutuamontanesa.es</t>
   </si>
   <si>
-    <t>De Lunes a Jueves de 8h a 14h y de 16h a 18h. Viernes Julio y Agosto de 8h a 15h.</t>
+    <t>Mª Rocío Martín-Cubas</t>
+  </si>
+  <si>
+    <t>El 24 y 31 de diciembre, a partir de las 15h, en caso de accidente de trabajo, acudir al centro de urgencia.</t>
   </si>
   <si>
     <t>MUTUA MONTAÑESA SANTANDER</t>
   </si>
   <si>
     <t>Ataulfo Argenta, 19</t>
   </si>
   <si>
-    <t>Mª Isabel Herrero e Mª Isabel Martín</t>
+    <t>Mª Isabel Herrero, María López e Mª Isabel Martín</t>
   </si>
   <si>
     <t>De lunes a jueves de 8h a 18h. Viernes y del 15 de junio al 15 de septiembre de 8h a 15h.</t>
   </si>
   <si>
     <t>MUTUA MONTAÑESA TORRELAVEGA</t>
   </si>
   <si>
     <t>Av. de España, 8</t>
   </si>
   <si>
     <t>Torrelavega</t>
   </si>
   <si>
     <t>torrelavega@mutuamontanesa.es</t>
   </si>
   <si>
     <t>Luis Merino</t>
   </si>
   <si>
-    <t>De Lunes a Jueves de 8h a 19h. Viernes de 8h a 15h y del 1 de agosto al 31 de 8h a 15h.</t>
+    <t>De Lunes a Jueves de 8h a 19h. Viernes de 8h a 15h y del 1 de agosto al 31 de 8h a 15h. El 24 y 31 de diciembre, a partir de las 15h, en caso de accidente de trabajo, acudir al centro de urgencia.</t>
   </si>
   <si>
     <t>MUTUA MONTAÑESA VALLADOLID</t>
   </si>
   <si>
     <t>Plaza Colón, s/n</t>
   </si>
   <si>
     <t>Valladolid</t>
   </si>
   <si>
     <t>valladolid@mutuamontanesa.es</t>
   </si>
   <si>
-    <t>De Lunes a Jueves de 8h a 19h. Viernes, Julio y Agosto de 8h a 15h.</t>
+    <t>De Lunes a Jueves de 8h a 19h. Viernes, Julio y Agosto de 8h a 15h. El 24 y 31 de diciembre, a partir de las 15h, en caso de accidente de trabajo, acudir al centro de urgencia.</t>
   </si>
   <si>
     <t>MUTUA MONTAÑESA VIGO</t>
   </si>
   <si>
     <t>Av. de las Camelias, 80</t>
   </si>
   <si>
     <t>Pontevedra</t>
   </si>
   <si>
     <t>Vigo</t>
   </si>
   <si>
     <t>vigo@mutuamontanesa.es</t>
   </si>
   <si>
     <t>Alejo Rodríguez</t>
   </si>
   <si>
     <t>Lunes de 8h a 14h y de 15h a 19h. De Martes a Viernes de 8h a 15h. Agosto de 8h a 15h.</t>
   </si>
 </sst>
 </file>
 
@@ -832,53 +832,53 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:M23"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1:M1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="37" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="52" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="70" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="12" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="18" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="16" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="15" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="35" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="11" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="24" bestFit="true" customWidth="true" style="0"/>
-    <col min="11" max="11" width="52" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="58" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="30" bestFit="true" customWidth="true" style="0"/>
-    <col min="13" max="13" width="110" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="232" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:13">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="1" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
       <c r="H1" s="1" t="s">
@@ -1017,680 +1017,676 @@
       </c>
       <c r="B5" t="s">
         <v>37</v>
       </c>
       <c r="C5" t="s">
         <v>38</v>
       </c>
       <c r="D5" t="s">
         <v>39</v>
       </c>
       <c r="E5" t="s">
         <v>39</v>
       </c>
       <c r="F5" t="s">
         <v>40</v>
       </c>
       <c r="G5">
         <v>934053035</v>
       </c>
       <c r="H5" t="s">
         <v>41</v>
       </c>
       <c r="I5">
         <v>934191628</v>
       </c>
-      <c r="J5" t="s">
+      <c r="J5"/>
+      <c r="K5" t="s">
         <v>42</v>
       </c>
-      <c r="K5" t="s">
+      <c r="L5" t="s">
         <v>43</v>
       </c>
-      <c r="L5" t="s">
+      <c r="M5" t="s">
         <v>44</v>
-      </c>
-[...1 lines deleted...]
-        <v>45</v>
       </c>
     </row>
     <row r="6" spans="1:13">
       <c r="A6" t="s">
-        <v>46</v>
+        <v>45</v>
       </c>
       <c r="B6" t="s">
         <v>21</v>
       </c>
       <c r="C6" t="s">
+        <v>46</v>
+      </c>
+      <c r="D6" t="s">
         <v>47</v>
       </c>
-      <c r="D6" t="s">
+      <c r="E6" t="s">
+        <v>47</v>
+      </c>
+      <c r="F6" t="s">
         <v>48</v>
-      </c>
-[...4 lines deleted...]
-        <v>49</v>
       </c>
       <c r="G6">
         <v>947263727</v>
       </c>
       <c r="H6" t="s">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="I6">
         <v>947265260</v>
       </c>
       <c r="J6" t="s">
         <v>34</v>
       </c>
       <c r="K6"/>
       <c r="L6" t="s">
+        <v>50</v>
+      </c>
+      <c r="M6" t="s">
         <v>51</v>
-      </c>
-[...1 lines deleted...]
-        <v>52</v>
       </c>
     </row>
     <row r="7" spans="1:13">
       <c r="A7" t="s">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="B7" t="s">
         <v>37</v>
       </c>
       <c r="C7" t="s">
+        <v>53</v>
+      </c>
+      <c r="D7" t="s">
         <v>54</v>
       </c>
-      <c r="D7" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E7" t="s">
-        <v>55</v>
+        <v>54</v>
       </c>
       <c r="F7">
         <v>10001</v>
       </c>
       <c r="G7">
         <v>927230058</v>
       </c>
       <c r="H7" t="s">
-        <v>56</v>
+        <v>55</v>
       </c>
       <c r="I7">
         <v>927231047</v>
       </c>
       <c r="J7" t="s">
         <v>34</v>
       </c>
       <c r="K7"/>
       <c r="L7" t="s">
         <v>35</v>
       </c>
       <c r="M7" t="s">
-        <v>57</v>
+        <v>56</v>
       </c>
     </row>
     <row r="8" spans="1:13">
       <c r="A8" t="s">
-        <v>58</v>
+        <v>57</v>
       </c>
       <c r="B8" t="s">
         <v>37</v>
       </c>
       <c r="C8" t="s">
-        <v>59</v>
+        <v>58</v>
       </c>
       <c r="D8" t="s">
         <v>16</v>
       </c>
       <c r="E8" t="s">
-        <v>60</v>
+        <v>59</v>
       </c>
       <c r="F8">
         <v>39700</v>
       </c>
       <c r="G8">
         <v>942862550</v>
       </c>
       <c r="H8" t="s">
-        <v>61</v>
+        <v>60</v>
       </c>
       <c r="I8">
         <v>942863553</v>
       </c>
       <c r="J8" t="s">
+        <v>61</v>
+      </c>
+      <c r="K8" t="s">
         <v>62</v>
       </c>
-      <c r="K8" t="s">
+      <c r="L8" t="s">
+        <v>61</v>
+      </c>
+      <c r="M8" t="s">
         <v>63</v>
-      </c>
-[...4 lines deleted...]
-        <v>64</v>
       </c>
     </row>
     <row r="9" spans="1:13">
       <c r="A9" t="s">
-        <v>65</v>
+        <v>64</v>
       </c>
       <c r="B9" t="s">
         <v>37</v>
       </c>
       <c r="C9" t="s">
+        <v>65</v>
+      </c>
+      <c r="D9" t="s">
         <v>66</v>
       </c>
-      <c r="D9" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E9" t="s">
-        <v>67</v>
+        <v>66</v>
       </c>
       <c r="F9">
         <v>17003</v>
       </c>
       <c r="G9">
         <v>972216258</v>
       </c>
       <c r="H9" t="s">
-        <v>68</v>
+        <v>67</v>
       </c>
       <c r="I9">
         <v>972222298</v>
       </c>
-      <c r="J9" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="J9"/>
       <c r="K9" t="s">
+        <v>68</v>
+      </c>
+      <c r="L9" t="s">
         <v>69</v>
       </c>
-      <c r="L9" t="s">
+      <c r="M9" t="s">
         <v>70</v>
-      </c>
-[...1 lines deleted...]
-        <v>71</v>
       </c>
     </row>
     <row r="10" spans="1:13">
       <c r="A10" t="s">
-        <v>72</v>
+        <v>71</v>
       </c>
       <c r="B10" t="s">
         <v>37</v>
       </c>
       <c r="C10" t="s">
+        <v>72</v>
+      </c>
+      <c r="D10" t="s">
         <v>73</v>
       </c>
-      <c r="D10" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E10" t="s">
-        <v>74</v>
+        <v>73</v>
       </c>
       <c r="F10">
         <v>24002</v>
       </c>
       <c r="G10">
         <v>987272065</v>
       </c>
       <c r="H10" t="s">
-        <v>75</v>
+        <v>74</v>
       </c>
       <c r="I10">
         <v>987272016</v>
       </c>
       <c r="J10" t="s">
         <v>34</v>
       </c>
       <c r="K10"/>
       <c r="L10" t="s">
-        <v>76</v>
+        <v>75</v>
       </c>
       <c r="M10" t="s">
-        <v>64</v>
+        <v>63</v>
       </c>
     </row>
     <row r="11" spans="1:13">
       <c r="A11" t="s">
-        <v>77</v>
+        <v>76</v>
       </c>
       <c r="B11" t="s">
         <v>37</v>
       </c>
       <c r="C11" t="s">
+        <v>77</v>
+      </c>
+      <c r="D11" t="s">
         <v>78</v>
       </c>
-      <c r="D11" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E11" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="F11">
         <v>28014</v>
       </c>
       <c r="G11">
         <v>914201978</v>
       </c>
       <c r="H11" t="s">
-        <v>80</v>
+        <v>79</v>
       </c>
       <c r="I11">
         <v>914298603</v>
       </c>
       <c r="J11" t="s">
-        <v>81</v>
+        <v>80</v>
       </c>
       <c r="K11"/>
       <c r="L11" t="s">
-        <v>82</v>
+        <v>81</v>
       </c>
       <c r="M11" t="s">
-        <v>45</v>
+        <v>44</v>
       </c>
     </row>
     <row r="12" spans="1:13">
       <c r="A12" t="s">
+        <v>82</v>
+      </c>
+      <c r="B12" t="s">
         <v>83</v>
       </c>
-      <c r="B12" t="s">
+      <c r="C12" t="s">
         <v>84</v>
-      </c>
-[...1 lines deleted...]
-        <v>85</v>
       </c>
       <c r="D12" t="s">
         <v>31</v>
       </c>
       <c r="E12" t="s">
+        <v>85</v>
+      </c>
+      <c r="F12" t="s">
         <v>86</v>
-      </c>
-[...1 lines deleted...]
-        <v>87</v>
       </c>
       <c r="G12">
         <v>924300205</v>
       </c>
       <c r="H12" t="s">
-        <v>88</v>
+        <v>87</v>
       </c>
       <c r="I12">
         <v>924301961</v>
       </c>
       <c r="J12" t="s">
         <v>34</v>
       </c>
       <c r="K12"/>
       <c r="L12" t="s">
-        <v>89</v>
+        <v>88</v>
       </c>
       <c r="M12" t="s">
-        <v>57</v>
+        <v>56</v>
       </c>
     </row>
     <row r="13" spans="1:13">
       <c r="A13" t="s">
-        <v>90</v>
+        <v>89</v>
       </c>
       <c r="B13" t="s">
         <v>37</v>
       </c>
       <c r="C13" t="s">
+        <v>90</v>
+      </c>
+      <c r="D13" t="s">
+        <v>47</v>
+      </c>
+      <c r="E13" t="s">
         <v>91</v>
       </c>
-      <c r="D13" t="s">
-[...2 lines deleted...]
-      <c r="E13" t="s">
+      <c r="F13" t="s">
         <v>92</v>
-      </c>
-[...1 lines deleted...]
-        <v>93</v>
       </c>
       <c r="G13">
         <v>947321012</v>
       </c>
       <c r="H13" t="s">
-        <v>94</v>
+        <v>93</v>
       </c>
       <c r="I13">
         <v>947330606</v>
       </c>
       <c r="J13" t="s">
         <v>34</v>
       </c>
       <c r="K13"/>
       <c r="L13" t="s">
-        <v>95</v>
+        <v>94</v>
       </c>
       <c r="M13" t="s">
-        <v>57</v>
+        <v>56</v>
       </c>
     </row>
     <row r="14" spans="1:13">
       <c r="A14" t="s">
-        <v>96</v>
+        <v>95</v>
       </c>
       <c r="B14" t="s">
         <v>21</v>
       </c>
       <c r="C14" t="s">
+        <v>96</v>
+      </c>
+      <c r="D14" t="s">
         <v>97</v>
       </c>
-      <c r="D14" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E14" t="s">
-        <v>98</v>
+        <v>97</v>
       </c>
       <c r="F14">
         <v>30004</v>
       </c>
       <c r="G14">
         <v>968220485</v>
       </c>
       <c r="H14" t="s">
-        <v>99</v>
+        <v>98</v>
       </c>
       <c r="I14">
         <v>968211761</v>
       </c>
       <c r="J14" t="s">
-        <v>62</v>
+        <v>61</v>
       </c>
       <c r="K14"/>
       <c r="L14" t="s">
+        <v>99</v>
+      </c>
+      <c r="M14" t="s">
         <v>100</v>
-      </c>
-[...1 lines deleted...]
-        <v>101</v>
       </c>
     </row>
     <row r="15" spans="1:13">
       <c r="A15" t="s">
-        <v>102</v>
+        <v>101</v>
       </c>
       <c r="B15" t="s">
         <v>37</v>
       </c>
       <c r="C15" t="s">
+        <v>102</v>
+      </c>
+      <c r="D15" t="s">
+        <v>66</v>
+      </c>
+      <c r="E15" t="s">
         <v>103</v>
-      </c>
-[...4 lines deleted...]
-        <v>104</v>
       </c>
       <c r="F15">
         <v>17800</v>
       </c>
       <c r="G15">
         <v>972268100</v>
       </c>
       <c r="H15" t="s">
-        <v>105</v>
+        <v>104</v>
       </c>
       <c r="I15">
         <v>972268211</v>
       </c>
-      <c r="J15" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="J15"/>
       <c r="K15"/>
       <c r="L15" t="s">
-        <v>106</v>
+        <v>105</v>
       </c>
       <c r="M15" t="s">
-        <v>45</v>
+        <v>44</v>
       </c>
     </row>
     <row r="16" spans="1:13">
       <c r="A16" t="s">
-        <v>107</v>
+        <v>106</v>
       </c>
       <c r="B16" t="s">
         <v>21</v>
       </c>
       <c r="C16" t="s">
+        <v>107</v>
+      </c>
+      <c r="D16" t="s">
         <v>108</v>
       </c>
-      <c r="D16" t="s">
+      <c r="E16" t="s">
         <v>109</v>
-      </c>
-[...1 lines deleted...]
-        <v>110</v>
       </c>
       <c r="F16">
         <v>33001</v>
       </c>
       <c r="G16">
         <v>985205759</v>
       </c>
       <c r="H16" t="s">
-        <v>111</v>
+        <v>110</v>
       </c>
       <c r="I16">
         <v>985203746</v>
       </c>
       <c r="J16" t="s">
         <v>34</v>
       </c>
       <c r="K16"/>
       <c r="L16" t="s">
-        <v>76</v>
+        <v>75</v>
       </c>
       <c r="M16" t="s">
-        <v>112</v>
+        <v>111</v>
       </c>
     </row>
     <row r="17" spans="1:13">
       <c r="A17" t="s">
-        <v>113</v>
+        <v>112</v>
       </c>
       <c r="B17" t="s">
         <v>37</v>
       </c>
       <c r="C17" t="s">
+        <v>113</v>
+      </c>
+      <c r="D17" t="s">
         <v>114</v>
       </c>
-      <c r="D17" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E17" t="s">
-        <v>115</v>
+        <v>114</v>
       </c>
       <c r="F17">
         <v>34003</v>
       </c>
       <c r="G17">
         <v>979750531</v>
       </c>
       <c r="H17" t="s">
-        <v>116</v>
+        <v>115</v>
       </c>
       <c r="I17">
         <v>979743145</v>
       </c>
       <c r="J17" t="s">
         <v>34</v>
       </c>
       <c r="K17"/>
       <c r="L17" t="s">
-        <v>117</v>
+        <v>116</v>
       </c>
       <c r="M17" t="s">
-        <v>64</v>
+        <v>63</v>
       </c>
     </row>
     <row r="18" spans="1:13">
       <c r="A18" t="s">
-        <v>118</v>
+        <v>117</v>
       </c>
       <c r="B18" t="s">
         <v>37</v>
       </c>
       <c r="C18" t="s">
+        <v>118</v>
+      </c>
+      <c r="D18" t="s">
+        <v>54</v>
+      </c>
+      <c r="E18" t="s">
         <v>119</v>
-      </c>
-[...4 lines deleted...]
-        <v>120</v>
       </c>
       <c r="F18">
         <v>10600</v>
       </c>
       <c r="G18">
         <v>927424461</v>
       </c>
       <c r="H18" t="s">
-        <v>121</v>
+        <v>120</v>
       </c>
       <c r="I18">
         <v>927424945</v>
       </c>
       <c r="J18" t="s">
         <v>34</v>
       </c>
       <c r="K18"/>
       <c r="L18" t="s">
         <v>35</v>
       </c>
       <c r="M18" t="s">
-        <v>57</v>
+        <v>56</v>
       </c>
     </row>
     <row r="19" spans="1:13">
       <c r="A19" t="s">
-        <v>122</v>
+        <v>121</v>
       </c>
       <c r="B19" t="s">
         <v>37</v>
       </c>
       <c r="C19" t="s">
+        <v>122</v>
+      </c>
+      <c r="D19" t="s">
         <v>123</v>
       </c>
-      <c r="D19" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E19" t="s">
-        <v>124</v>
+        <v>123</v>
       </c>
       <c r="F19">
         <v>37002</v>
       </c>
       <c r="G19">
         <v>923212103</v>
       </c>
       <c r="H19" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="I19">
         <v>923210915</v>
       </c>
       <c r="J19" t="s">
         <v>34</v>
       </c>
       <c r="K19"/>
-      <c r="L19"/>
+      <c r="L19" t="s">
+        <v>125</v>
+      </c>
       <c r="M19" t="s">
         <v>126</v>
       </c>
     </row>
     <row r="20" spans="1:13">
       <c r="A20" t="s">
         <v>127</v>
       </c>
       <c r="B20" t="s">
         <v>21</v>
       </c>
       <c r="C20" t="s">
         <v>128</v>
       </c>
       <c r="D20" t="s">
         <v>16</v>
       </c>
       <c r="E20" t="s">
         <v>17</v>
       </c>
       <c r="F20">
         <v>39012</v>
       </c>
       <c r="G20">
         <v>942204100</v>
       </c>
       <c r="H20" t="s">
         <v>18</v>
       </c>
       <c r="I20"/>
       <c r="J20" t="s">
-        <v>62</v>
+        <v>61</v>
       </c>
       <c r="K20" t="s">
         <v>129</v>
       </c>
       <c r="L20" t="s">
-        <v>62</v>
+        <v>61</v>
       </c>
       <c r="M20" t="s">
         <v>130</v>
       </c>
     </row>
     <row r="21" spans="1:13">
       <c r="A21" t="s">
         <v>131</v>
       </c>
       <c r="B21" t="s">
         <v>37</v>
       </c>
       <c r="C21" t="s">
         <v>132</v>
       </c>
       <c r="D21" t="s">
         <v>16</v>
       </c>
       <c r="E21" t="s">
         <v>133</v>
       </c>
       <c r="F21">
         <v>39300</v>
       </c>
       <c r="G21">
         <v>942892850</v>
       </c>
       <c r="H21" t="s">
         <v>134</v>
       </c>
       <c r="I21">
         <v>942892211</v>
       </c>
       <c r="J21" t="s">
-        <v>62</v>
+        <v>61</v>
       </c>
       <c r="K21"/>
       <c r="L21" t="s">
         <v>135</v>
       </c>
       <c r="M21" t="s">
         <v>136</v>
       </c>
     </row>
     <row r="22" spans="1:13">
       <c r="A22" t="s">
         <v>137</v>
       </c>
       <c r="B22" t="s">
         <v>37</v>
       </c>
       <c r="C22" t="s">
         <v>138</v>
       </c>
       <c r="D22" t="s">
         <v>139</v>
       </c>
       <c r="E22" t="s">
         <v>139</v>
       </c>
@@ -1700,75 +1696,75 @@
       <c r="G22">
         <v>983352931</v>
       </c>
       <c r="H22" t="s">
         <v>140</v>
       </c>
       <c r="I22">
         <v>983351299</v>
       </c>
       <c r="J22" t="s">
         <v>34</v>
       </c>
       <c r="K22"/>
       <c r="L22" t="s">
         <v>34</v>
       </c>
       <c r="M22" t="s">
         <v>141</v>
       </c>
     </row>
     <row r="23" spans="1:13">
       <c r="A23" t="s">
         <v>142</v>
       </c>
       <c r="B23" t="s">
-        <v>84</v>
+        <v>83</v>
       </c>
       <c r="C23" t="s">
         <v>143</v>
       </c>
       <c r="D23" t="s">
         <v>144</v>
       </c>
       <c r="E23" t="s">
         <v>145</v>
       </c>
       <c r="F23">
         <v>36211</v>
       </c>
       <c r="G23">
         <v>986437343</v>
       </c>
       <c r="H23" t="s">
         <v>146</v>
       </c>
       <c r="I23">
         <v>986437116</v>
       </c>
       <c r="J23" t="s">
-        <v>62</v>
+        <v>61</v>
       </c>
       <c r="K23"/>
       <c r="L23" t="s">
         <v>147</v>
       </c>
       <c r="M23" t="s">
         <v>148</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 