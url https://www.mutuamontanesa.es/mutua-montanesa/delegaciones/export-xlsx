--- v1 (2026-02-03)
+++ v2 (2026-03-21)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Delegaciones" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="149">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="148">
   <si>
     <t>Delegacion</t>
   </si>
   <si>
     <t>Tipo</t>
   </si>
   <si>
     <t>Direccion</t>
   </si>
   <si>
     <t>Provincia</t>
   </si>
   <si>
     <t>Localidad</t>
   </si>
   <si>
     <t>Codigo_postal</t>
   </si>
   <si>
     <t>Telefono</t>
   </si>
   <si>
     <t>Correo_electronico</t>
   </si>
   <si>
@@ -263,53 +263,50 @@
   <si>
     <t>Sonia González</t>
   </si>
   <si>
     <t>MUTUA MONTAÑESA MADRID</t>
   </si>
   <si>
     <t>Paseo del Prado, 16</t>
   </si>
   <si>
     <t>Madrid</t>
   </si>
   <si>
     <t>madrid@mutuamontanesa.es</t>
   </si>
   <si>
     <t>Jesús Pedro Diguez</t>
   </si>
   <si>
     <t>Ainoa Núñez</t>
   </si>
   <si>
     <t>MUTUA MONTAÑESA MÉRIDA</t>
   </si>
   <si>
-    <t>Administrativo y Asistencial</t>
-[...1 lines deleted...]
-  <si>
     <t>Av. Reina Sofía, 24</t>
   </si>
   <si>
     <t>Mérida</t>
   </si>
   <si>
     <t>06800</t>
   </si>
   <si>
     <t>merida@mutuamontanesa.es</t>
   </si>
   <si>
     <t>Antonio Jose Monreal</t>
   </si>
   <si>
     <t>MUTUA MONTAÑESA MIRANDA DE EBRO</t>
   </si>
   <si>
     <t>Av. Comuneros de Castilla, 15</t>
   </si>
   <si>
     <t>Miranda de Ebro</t>
   </si>
   <si>
     <t>09200</t>
@@ -455,51 +452,51 @@
   <si>
     <t>Valladolid</t>
   </si>
   <si>
     <t>valladolid@mutuamontanesa.es</t>
   </si>
   <si>
     <t>De Lunes a Jueves de 8h a 19h. Viernes, Julio y Agosto de 8h a 15h. El 24 y 31 de diciembre, a partir de las 15h, en caso de accidente de trabajo, acudir al centro de urgencia.</t>
   </si>
   <si>
     <t>MUTUA MONTAÑESA VIGO</t>
   </si>
   <si>
     <t>Av. de las Camelias, 80</t>
   </si>
   <si>
     <t>Pontevedra</t>
   </si>
   <si>
     <t>Vigo</t>
   </si>
   <si>
     <t>vigo@mutuamontanesa.es</t>
   </si>
   <si>
-    <t>Alejo Rodríguez</t>
+    <t>Sonia Rosende</t>
   </si>
   <si>
     <t>Lunes de 8h a 14h y de 15h a 19h. De Martes a Viernes de 8h a 15h. Agosto de 8h a 15h.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="0"/>
       <i val="1"/>
       <strike val="0"/>
       <u val="none"/>
@@ -1269,509 +1266,509 @@
       <c r="G11">
         <v>914201978</v>
       </c>
       <c r="H11" t="s">
         <v>79</v>
       </c>
       <c r="I11">
         <v>914298603</v>
       </c>
       <c r="J11" t="s">
         <v>80</v>
       </c>
       <c r="K11"/>
       <c r="L11" t="s">
         <v>81</v>
       </c>
       <c r="M11" t="s">
         <v>44</v>
       </c>
     </row>
     <row r="12" spans="1:13">
       <c r="A12" t="s">
         <v>82</v>
       </c>
       <c r="B12" t="s">
+        <v>37</v>
+      </c>
+      <c r="C12" t="s">
         <v>83</v>
-      </c>
-[...1 lines deleted...]
-        <v>84</v>
       </c>
       <c r="D12" t="s">
         <v>31</v>
       </c>
       <c r="E12" t="s">
+        <v>84</v>
+      </c>
+      <c r="F12" t="s">
         <v>85</v>
-      </c>
-[...1 lines deleted...]
-        <v>86</v>
       </c>
       <c r="G12">
         <v>924300205</v>
       </c>
       <c r="H12" t="s">
-        <v>87</v>
+        <v>86</v>
       </c>
       <c r="I12">
         <v>924301961</v>
       </c>
       <c r="J12" t="s">
         <v>34</v>
       </c>
       <c r="K12"/>
       <c r="L12" t="s">
-        <v>88</v>
+        <v>87</v>
       </c>
       <c r="M12" t="s">
         <v>56</v>
       </c>
     </row>
     <row r="13" spans="1:13">
       <c r="A13" t="s">
-        <v>89</v>
+        <v>88</v>
       </c>
       <c r="B13" t="s">
         <v>37</v>
       </c>
       <c r="C13" t="s">
-        <v>90</v>
+        <v>89</v>
       </c>
       <c r="D13" t="s">
         <v>47</v>
       </c>
       <c r="E13" t="s">
+        <v>90</v>
+      </c>
+      <c r="F13" t="s">
         <v>91</v>
-      </c>
-[...1 lines deleted...]
-        <v>92</v>
       </c>
       <c r="G13">
         <v>947321012</v>
       </c>
       <c r="H13" t="s">
-        <v>93</v>
+        <v>92</v>
       </c>
       <c r="I13">
         <v>947330606</v>
       </c>
       <c r="J13" t="s">
         <v>34</v>
       </c>
       <c r="K13"/>
       <c r="L13" t="s">
-        <v>94</v>
+        <v>93</v>
       </c>
       <c r="M13" t="s">
         <v>56</v>
       </c>
     </row>
     <row r="14" spans="1:13">
       <c r="A14" t="s">
-        <v>95</v>
+        <v>94</v>
       </c>
       <c r="B14" t="s">
         <v>21</v>
       </c>
       <c r="C14" t="s">
+        <v>95</v>
+      </c>
+      <c r="D14" t="s">
         <v>96</v>
       </c>
-      <c r="D14" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E14" t="s">
-        <v>97</v>
+        <v>96</v>
       </c>
       <c r="F14">
         <v>30004</v>
       </c>
       <c r="G14">
         <v>968220485</v>
       </c>
       <c r="H14" t="s">
-        <v>98</v>
+        <v>97</v>
       </c>
       <c r="I14">
         <v>968211761</v>
       </c>
       <c r="J14" t="s">
         <v>61</v>
       </c>
       <c r="K14"/>
       <c r="L14" t="s">
+        <v>98</v>
+      </c>
+      <c r="M14" t="s">
         <v>99</v>
-      </c>
-[...1 lines deleted...]
-        <v>100</v>
       </c>
     </row>
     <row r="15" spans="1:13">
       <c r="A15" t="s">
-        <v>101</v>
+        <v>100</v>
       </c>
       <c r="B15" t="s">
         <v>37</v>
       </c>
       <c r="C15" t="s">
-        <v>102</v>
+        <v>101</v>
       </c>
       <c r="D15" t="s">
         <v>66</v>
       </c>
       <c r="E15" t="s">
-        <v>103</v>
+        <v>102</v>
       </c>
       <c r="F15">
         <v>17800</v>
       </c>
       <c r="G15">
         <v>972268100</v>
       </c>
       <c r="H15" t="s">
-        <v>104</v>
+        <v>103</v>
       </c>
       <c r="I15">
         <v>972268211</v>
       </c>
       <c r="J15"/>
       <c r="K15"/>
       <c r="L15" t="s">
-        <v>105</v>
+        <v>104</v>
       </c>
       <c r="M15" t="s">
         <v>44</v>
       </c>
     </row>
     <row r="16" spans="1:13">
       <c r="A16" t="s">
-        <v>106</v>
+        <v>105</v>
       </c>
       <c r="B16" t="s">
         <v>21</v>
       </c>
       <c r="C16" t="s">
+        <v>106</v>
+      </c>
+      <c r="D16" t="s">
         <v>107</v>
       </c>
-      <c r="D16" t="s">
+      <c r="E16" t="s">
         <v>108</v>
-      </c>
-[...1 lines deleted...]
-        <v>109</v>
       </c>
       <c r="F16">
         <v>33001</v>
       </c>
       <c r="G16">
         <v>985205759</v>
       </c>
       <c r="H16" t="s">
-        <v>110</v>
+        <v>109</v>
       </c>
       <c r="I16">
         <v>985203746</v>
       </c>
       <c r="J16" t="s">
         <v>34</v>
       </c>
       <c r="K16"/>
       <c r="L16" t="s">
         <v>75</v>
       </c>
       <c r="M16" t="s">
-        <v>111</v>
+        <v>110</v>
       </c>
     </row>
     <row r="17" spans="1:13">
       <c r="A17" t="s">
-        <v>112</v>
+        <v>111</v>
       </c>
       <c r="B17" t="s">
         <v>37</v>
       </c>
       <c r="C17" t="s">
+        <v>112</v>
+      </c>
+      <c r="D17" t="s">
         <v>113</v>
       </c>
-      <c r="D17" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E17" t="s">
-        <v>114</v>
+        <v>113</v>
       </c>
       <c r="F17">
         <v>34003</v>
       </c>
       <c r="G17">
         <v>979750531</v>
       </c>
       <c r="H17" t="s">
-        <v>115</v>
+        <v>114</v>
       </c>
       <c r="I17">
         <v>979743145</v>
       </c>
       <c r="J17" t="s">
         <v>34</v>
       </c>
       <c r="K17"/>
       <c r="L17" t="s">
-        <v>116</v>
+        <v>115</v>
       </c>
       <c r="M17" t="s">
         <v>63</v>
       </c>
     </row>
     <row r="18" spans="1:13">
       <c r="A18" t="s">
-        <v>117</v>
+        <v>116</v>
       </c>
       <c r="B18" t="s">
         <v>37</v>
       </c>
       <c r="C18" t="s">
-        <v>118</v>
+        <v>117</v>
       </c>
       <c r="D18" t="s">
         <v>54</v>
       </c>
       <c r="E18" t="s">
-        <v>119</v>
+        <v>118</v>
       </c>
       <c r="F18">
         <v>10600</v>
       </c>
       <c r="G18">
         <v>927424461</v>
       </c>
       <c r="H18" t="s">
-        <v>120</v>
+        <v>119</v>
       </c>
       <c r="I18">
         <v>927424945</v>
       </c>
       <c r="J18" t="s">
         <v>34</v>
       </c>
       <c r="K18"/>
       <c r="L18" t="s">
         <v>35</v>
       </c>
       <c r="M18" t="s">
         <v>56</v>
       </c>
     </row>
     <row r="19" spans="1:13">
       <c r="A19" t="s">
-        <v>121</v>
+        <v>120</v>
       </c>
       <c r="B19" t="s">
         <v>37</v>
       </c>
       <c r="C19" t="s">
+        <v>121</v>
+      </c>
+      <c r="D19" t="s">
         <v>122</v>
       </c>
-      <c r="D19" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E19" t="s">
-        <v>123</v>
+        <v>122</v>
       </c>
       <c r="F19">
         <v>37002</v>
       </c>
       <c r="G19">
         <v>923212103</v>
       </c>
       <c r="H19" t="s">
-        <v>124</v>
+        <v>123</v>
       </c>
       <c r="I19">
         <v>923210915</v>
       </c>
       <c r="J19" t="s">
         <v>34</v>
       </c>
       <c r="K19"/>
       <c r="L19" t="s">
+        <v>124</v>
+      </c>
+      <c r="M19" t="s">
         <v>125</v>
-      </c>
-[...1 lines deleted...]
-        <v>126</v>
       </c>
     </row>
     <row r="20" spans="1:13">
       <c r="A20" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="B20" t="s">
         <v>21</v>
       </c>
       <c r="C20" t="s">
-        <v>128</v>
+        <v>127</v>
       </c>
       <c r="D20" t="s">
         <v>16</v>
       </c>
       <c r="E20" t="s">
         <v>17</v>
       </c>
       <c r="F20">
         <v>39012</v>
       </c>
       <c r="G20">
         <v>942204100</v>
       </c>
       <c r="H20" t="s">
         <v>18</v>
       </c>
       <c r="I20"/>
       <c r="J20" t="s">
         <v>61</v>
       </c>
       <c r="K20" t="s">
-        <v>129</v>
+        <v>128</v>
       </c>
       <c r="L20" t="s">
         <v>61</v>
       </c>
       <c r="M20" t="s">
-        <v>130</v>
+        <v>129</v>
       </c>
     </row>
     <row r="21" spans="1:13">
       <c r="A21" t="s">
-        <v>131</v>
+        <v>130</v>
       </c>
       <c r="B21" t="s">
         <v>37</v>
       </c>
       <c r="C21" t="s">
-        <v>132</v>
+        <v>131</v>
       </c>
       <c r="D21" t="s">
         <v>16</v>
       </c>
       <c r="E21" t="s">
-        <v>133</v>
+        <v>132</v>
       </c>
       <c r="F21">
         <v>39300</v>
       </c>
       <c r="G21">
         <v>942892850</v>
       </c>
       <c r="H21" t="s">
-        <v>134</v>
+        <v>133</v>
       </c>
       <c r="I21">
         <v>942892211</v>
       </c>
       <c r="J21" t="s">
         <v>61</v>
       </c>
       <c r="K21"/>
       <c r="L21" t="s">
+        <v>134</v>
+      </c>
+      <c r="M21" t="s">
         <v>135</v>
-      </c>
-[...1 lines deleted...]
-        <v>136</v>
       </c>
     </row>
     <row r="22" spans="1:13">
       <c r="A22" t="s">
-        <v>137</v>
+        <v>136</v>
       </c>
       <c r="B22" t="s">
         <v>37</v>
       </c>
       <c r="C22" t="s">
+        <v>137</v>
+      </c>
+      <c r="D22" t="s">
         <v>138</v>
       </c>
-      <c r="D22" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E22" t="s">
-        <v>139</v>
+        <v>138</v>
       </c>
       <c r="F22">
         <v>47007</v>
       </c>
       <c r="G22">
         <v>983352931</v>
       </c>
       <c r="H22" t="s">
-        <v>140</v>
+        <v>139</v>
       </c>
       <c r="I22">
         <v>983351299</v>
       </c>
       <c r="J22" t="s">
         <v>34</v>
       </c>
       <c r="K22"/>
       <c r="L22" t="s">
         <v>34</v>
       </c>
       <c r="M22" t="s">
-        <v>141</v>
+        <v>140</v>
       </c>
     </row>
     <row r="23" spans="1:13">
       <c r="A23" t="s">
+        <v>141</v>
+      </c>
+      <c r="B23" t="s">
+        <v>21</v>
+      </c>
+      <c r="C23" t="s">
         <v>142</v>
       </c>
-      <c r="B23" t="s">
-[...2 lines deleted...]
-      <c r="C23" t="s">
+      <c r="D23" t="s">
         <v>143</v>
       </c>
-      <c r="D23" t="s">
+      <c r="E23" t="s">
         <v>144</v>
-      </c>
-[...1 lines deleted...]
-        <v>145</v>
       </c>
       <c r="F23">
         <v>36211</v>
       </c>
       <c r="G23">
         <v>986437343</v>
       </c>
       <c r="H23" t="s">
-        <v>146</v>
+        <v>145</v>
       </c>
       <c r="I23">
         <v>986437116</v>
       </c>
       <c r="J23" t="s">
         <v>61</v>
       </c>
       <c r="K23"/>
       <c r="L23" t="s">
+        <v>146</v>
+      </c>
+      <c r="M23" t="s">
         <v>147</v>
-      </c>
-[...1 lines deleted...]
-        <v>148</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">