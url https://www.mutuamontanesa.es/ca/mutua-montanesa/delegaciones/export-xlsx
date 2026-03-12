--- v0 (2025-11-06)
+++ v1 (2026-03-12)
@@ -140,189 +140,189 @@
   <si>
     <t>Jesús Manuel Velasco</t>
   </si>
   <si>
     <t>Lunes de 8 h a 14 h y de 16 h a 19 h. De martes a viernes, julio y agosto de 8 h a 15 h.</t>
   </si>
   <si>
     <t>MUTUA MONTAÑESA BARCELONA</t>
   </si>
   <si>
     <t>Administratiu, Assistencial i Rehabilitació</t>
   </si>
   <si>
     <t>Av. Diagonal, 491</t>
   </si>
   <si>
     <t>Barcelona</t>
   </si>
   <si>
     <t>08029</t>
   </si>
   <si>
     <t>barcelona@mutuamontanesa.es</t>
   </si>
   <si>
+    <t>Jose Antonio Torres Romero, Lucía Rodriguez y Enric Mellado</t>
+  </si>
+  <si>
     <t>Francisco Terrón</t>
   </si>
   <si>
-    <t>Jose Antonio Torres Romero, Lucía Rodriguez y Enric Mellado</t>
+    <t>De Lunes a Jueves de 8h a 19h. Viernes y Agosto de 8h a 15h. El 24 y 31 de diciembre, a partir de las 15h, en caso de accidente de trabajo, acudir al centro de urgencia.</t>
+  </si>
+  <si>
+    <t>MUTUA MONTAÑESA BURGOS</t>
+  </si>
+  <si>
+    <t>Av. del Cid Campeador, 112-114,</t>
+  </si>
+  <si>
+    <t>Burgos</t>
+  </si>
+  <si>
+    <t>09006</t>
+  </si>
+  <si>
+    <t>burgos@mutuamontanesa.es</t>
+  </si>
+  <si>
+    <t>Mª Teresa García</t>
+  </si>
+  <si>
+    <t>De Lunes a Jueves de 8h a 15:30h. Viernes y Agosto de 8h a 15h.</t>
+  </si>
+  <si>
+    <t>MUTUA MONTAÑESA CÁCERES</t>
+  </si>
+  <si>
+    <t>Av. Ruta de la Plata, 14</t>
+  </si>
+  <si>
+    <t>Cáceres</t>
+  </si>
+  <si>
+    <t>caceres@mutuamontanesa.es</t>
+  </si>
+  <si>
+    <t>De Lunes a Jueves de 8h a 14h y de 16h a 18h. Viernes, Julio y Agosto de 8h a 15h.</t>
+  </si>
+  <si>
+    <t>MUTUA MONTAÑESA CASTRO URDIALES</t>
+  </si>
+  <si>
+    <t>Calle Cayetano Tueros, nº 9, bajo</t>
+  </si>
+  <si>
+    <t>Castro-Urdiales</t>
+  </si>
+  <si>
+    <t>castro@mutuamontanesa.es</t>
+  </si>
+  <si>
+    <t>Carlos Ruiz</t>
+  </si>
+  <si>
+    <t>Mª Isabel Herrero</t>
+  </si>
+  <si>
+    <t>Lunes de 8h a 15h y de 16h a 19h. De Martes a Viernes y Agosto de 8h a 15h.</t>
+  </si>
+  <si>
+    <t>MUTUA MONTAÑESA GIRONA</t>
+  </si>
+  <si>
+    <t>Avinguda de Lluís Pericot, 13-15</t>
+  </si>
+  <si>
+    <t>Girona</t>
+  </si>
+  <si>
+    <t>girona@mutuamontanesa.es</t>
+  </si>
+  <si>
+    <t>Trinidad López</t>
+  </si>
+  <si>
+    <t>Iván Badal</t>
+  </si>
+  <si>
+    <t>De dilluns a dijous de 8 a 19 h. Divendres i agost de 8h a 15h. El 24 y 31 de diciembre, a partir de las 15h, en caso de accidente de trabajo, acudir al centro de urgencia.</t>
+  </si>
+  <si>
+    <t>MUTUA MONTAÑESA LEÓN</t>
+  </si>
+  <si>
+    <t>Plaza de Renueva, 38 bajo</t>
+  </si>
+  <si>
+    <t>León</t>
+  </si>
+  <si>
+    <t>leon@mutuamontanesa.es</t>
+  </si>
+  <si>
+    <t>Sonia González</t>
+  </si>
+  <si>
+    <t>MUTUA MONTAÑESA MADRID</t>
+  </si>
+  <si>
+    <t>Paseo del Prado, 16</t>
+  </si>
+  <si>
+    <t>Madrid</t>
+  </si>
+  <si>
+    <t>madrid@mutuamontanesa.es</t>
+  </si>
+  <si>
+    <t>Jesús Pedro Diéguez</t>
+  </si>
+  <si>
+    <t>Ainoa Núñez</t>
   </si>
   <si>
     <t>De Lunes a Jueves de 8h a 19h. Viernes y Agosto de 8h a 15h.</t>
   </si>
   <si>
-    <t>MUTUA MONTAÑESA BURGOS</t>
-[...109 lines deleted...]
-  <si>
     <t>MUTUA MONTAÑESA MÉRIDA</t>
   </si>
   <si>
-    <t>Administratiu i Assistencial</t>
-[...1 lines deleted...]
-  <si>
     <t>Av. Reina Sofía, 24</t>
   </si>
   <si>
     <t>Mérida</t>
   </si>
   <si>
     <t>06800</t>
   </si>
   <si>
     <t>merida@mutuamontanesa.es</t>
   </si>
   <si>
-    <t>Antonio Jose Monreal</t>
+    <t>Juan Manuel Sánchez</t>
   </si>
   <si>
     <t>MUTUA MONTAÑESA MIRANDA DE EBRO</t>
   </si>
   <si>
     <t>Av. Comuneros de Castilla, 15</t>
   </si>
   <si>
     <t>Miranda de Ebro</t>
   </si>
   <si>
     <t>09200</t>
   </si>
   <si>
     <t>miranda@mutuamontanesa.es</t>
   </si>
   <si>
     <t>María Teresa García Calvo</t>
   </si>
   <si>
     <t>MUTUA MONTAÑESA MURCIA</t>
   </si>
   <si>
     <t>Gran Vía Escultor Salzillo, 11</t>
   </si>
@@ -398,51 +398,51 @@
   <si>
     <t>plasencia@mutuamontanesa.es</t>
   </si>
   <si>
     <t>MUTUA MONTAÑESA SALAMANCA</t>
   </si>
   <si>
     <t>c/ Ancha 6-8 bajo</t>
   </si>
   <si>
     <t>Salamanca</t>
   </si>
   <si>
     <t>salamanca@mutuamontanesa.es</t>
   </si>
   <si>
     <t>Mª Rocío Martín-Cubas</t>
   </si>
   <si>
     <t>MUTUA MONTAÑESA SANTANDER</t>
   </si>
   <si>
     <t>Ataulfo Argenta, 19</t>
   </si>
   <si>
-    <t>Mª Isabel Herrero e Mª Isabel Martín</t>
+    <t>Mª Isabel Herrero, María López e Mª Isabel Martín</t>
   </si>
   <si>
     <t>De lunes a jueves de 8h a 18h. Viernes y del 15 de junio al 15 de septiembre de 8h a 15h.</t>
   </si>
   <si>
     <t>MUTUA MONTAÑESA TORRELAVEGA</t>
   </si>
   <si>
     <t>Av. de España, 8</t>
   </si>
   <si>
     <t>Torrelavega</t>
   </si>
   <si>
     <t>torrelavega@mutuamontanesa.es</t>
   </si>
   <si>
     <t>Luis Merino</t>
   </si>
   <si>
     <t>De Lunes a Jueves de 8h a 19h. Viernes de 8h a 15h y del 1 de agosto al 31 de 8h a 15h.</t>
   </si>
   <si>
     <t>MUTUA MONTAÑESA VALLADOLID</t>
   </si>
@@ -452,51 +452,51 @@
   <si>
     <t>Valladolid</t>
   </si>
   <si>
     <t>valladolid@mutuamontanesa.es</t>
   </si>
   <si>
     <t>De Lunes a Jueves de 8h a 19h. Viernes, Julio y Agosto de 8h a 15h.</t>
   </si>
   <si>
     <t>MUTUA MONTAÑESA VIGO</t>
   </si>
   <si>
     <t>Av. de las Camelias, 80</t>
   </si>
   <si>
     <t>Pontevedra</t>
   </si>
   <si>
     <t>Vigo</t>
   </si>
   <si>
     <t>vigo@mutuamontanesa.es</t>
   </si>
   <si>
-    <t>Alejo Rodríguez</t>
+    <t>Sonia Rosende</t>
   </si>
   <si>
     <t>De Lunes a Jueves de 8h a 14h y de 16h a 19h. Viernes y Agosto de 8h a 15h.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="0"/>
       <i val="1"/>
       <strike val="0"/>
       <u val="none"/>
@@ -831,51 +831,51 @@
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:M23"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1:M1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="37" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="51" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="70" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="12" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="18" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="16" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="11" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="35" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="11" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="24" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="70" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="30" bestFit="true" customWidth="true" style="0"/>
-    <col min="13" max="13" width="110" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="203" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:13">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="1" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
       <c r="H1" s="1" t="s">
@@ -1014,58 +1014,56 @@
       </c>
       <c r="B5" t="s">
         <v>37</v>
       </c>
       <c r="C5" t="s">
         <v>38</v>
       </c>
       <c r="D5" t="s">
         <v>39</v>
       </c>
       <c r="E5" t="s">
         <v>39</v>
       </c>
       <c r="F5" t="s">
         <v>40</v>
       </c>
       <c r="G5">
         <v>934053035</v>
       </c>
       <c r="H5" t="s">
         <v>41</v>
       </c>
       <c r="I5">
         <v>934191628</v>
       </c>
-      <c r="J5" t="s">
+      <c r="J5"/>
+      <c r="K5" t="s">
         <v>42</v>
       </c>
-      <c r="K5" t="s">
+      <c r="L5" t="s">
         <v>43</v>
-      </c>
-[...1 lines deleted...]
-        <v>42</v>
       </c>
       <c r="M5" t="s">
         <v>44</v>
       </c>
     </row>
     <row r="6" spans="1:13">
       <c r="A6" t="s">
         <v>45</v>
       </c>
       <c r="B6" t="s">
         <v>21</v>
       </c>
       <c r="C6" t="s">
         <v>46</v>
       </c>
       <c r="D6" t="s">
         <v>47</v>
       </c>
       <c r="E6" t="s">
         <v>47</v>
       </c>
       <c r="F6" t="s">
         <v>48</v>
       </c>
       <c r="G6">
@@ -1174,53 +1172,51 @@
       </c>
       <c r="B9" t="s">
         <v>37</v>
       </c>
       <c r="C9" t="s">
         <v>65</v>
       </c>
       <c r="D9" t="s">
         <v>66</v>
       </c>
       <c r="E9" t="s">
         <v>66</v>
       </c>
       <c r="F9">
         <v>17003</v>
       </c>
       <c r="G9">
         <v>972216258</v>
       </c>
       <c r="H9" t="s">
         <v>67</v>
       </c>
       <c r="I9">
         <v>972222298</v>
       </c>
-      <c r="J9" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="J9"/>
       <c r="K9" t="s">
         <v>68</v>
       </c>
       <c r="L9" t="s">
         <v>69</v>
       </c>
       <c r="M9" t="s">
         <v>70</v>
       </c>
     </row>
     <row r="10" spans="1:13">
       <c r="A10" t="s">
         <v>71</v>
       </c>
       <c r="B10" t="s">
         <v>37</v>
       </c>
       <c r="C10" t="s">
         <v>72</v>
       </c>
       <c r="D10" t="s">
         <v>73</v>
       </c>
       <c r="E10" t="s">
         <v>73</v>
@@ -1262,87 +1258,89 @@
         <v>78</v>
       </c>
       <c r="E11" t="s">
         <v>78</v>
       </c>
       <c r="F11">
         <v>28014</v>
       </c>
       <c r="G11">
         <v>914201978</v>
       </c>
       <c r="H11" t="s">
         <v>79</v>
       </c>
       <c r="I11">
         <v>914298603</v>
       </c>
       <c r="J11" t="s">
         <v>80</v>
       </c>
       <c r="K11"/>
       <c r="L11" t="s">
         <v>81</v>
       </c>
       <c r="M11" t="s">
-        <v>44</v>
+        <v>82</v>
       </c>
     </row>
     <row r="12" spans="1:13">
       <c r="A12" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="B12" t="s">
-        <v>83</v>
+        <v>37</v>
       </c>
       <c r="C12" t="s">
         <v>84</v>
       </c>
       <c r="D12" t="s">
         <v>31</v>
       </c>
       <c r="E12" t="s">
         <v>85</v>
       </c>
       <c r="F12" t="s">
         <v>86</v>
       </c>
       <c r="G12">
         <v>924300205</v>
       </c>
       <c r="H12" t="s">
         <v>87</v>
       </c>
       <c r="I12">
         <v>924301961</v>
       </c>
       <c r="J12" t="s">
         <v>26</v>
       </c>
-      <c r="K12"/>
+      <c r="K12" t="s">
+        <v>88</v>
+      </c>
       <c r="L12" t="s">
-        <v>88</v>
+        <v>34</v>
       </c>
       <c r="M12" t="s">
         <v>56</v>
       </c>
     </row>
     <row r="13" spans="1:13">
       <c r="A13" t="s">
         <v>89</v>
       </c>
       <c r="B13" t="s">
         <v>37</v>
       </c>
       <c r="C13" t="s">
         <v>90</v>
       </c>
       <c r="D13" t="s">
         <v>47</v>
       </c>
       <c r="E13" t="s">
         <v>91</v>
       </c>
       <c r="F13" t="s">
         <v>92</v>
       </c>
       <c r="G13">
@@ -1411,51 +1409,51 @@
       <c r="B15" t="s">
         <v>37</v>
       </c>
       <c r="C15" t="s">
         <v>102</v>
       </c>
       <c r="D15" t="s">
         <v>66</v>
       </c>
       <c r="E15" t="s">
         <v>103</v>
       </c>
       <c r="F15">
         <v>17800</v>
       </c>
       <c r="G15">
         <v>972268100</v>
       </c>
       <c r="H15" t="s">
         <v>104</v>
       </c>
       <c r="I15">
         <v>972268211</v>
       </c>
       <c r="J15" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="K15"/>
       <c r="L15" t="s">
         <v>105</v>
       </c>
       <c r="M15" t="s">
         <v>44</v>
       </c>
     </row>
     <row r="16" spans="1:13">
       <c r="A16" t="s">
         <v>106</v>
       </c>
       <c r="B16" t="s">
         <v>21</v>
       </c>
       <c r="C16" t="s">
         <v>107</v>
       </c>
       <c r="D16" t="s">
         <v>108</v>
       </c>
       <c r="E16" t="s">
         <v>109</v>
       </c>
@@ -1699,51 +1697,51 @@
       <c r="G22">
         <v>983352931</v>
       </c>
       <c r="H22" t="s">
         <v>139</v>
       </c>
       <c r="I22">
         <v>983351299</v>
       </c>
       <c r="J22" t="s">
         <v>26</v>
       </c>
       <c r="K22"/>
       <c r="L22" t="s">
         <v>26</v>
       </c>
       <c r="M22" t="s">
         <v>140</v>
       </c>
     </row>
     <row r="23" spans="1:13">
       <c r="A23" t="s">
         <v>141</v>
       </c>
       <c r="B23" t="s">
-        <v>83</v>
+        <v>21</v>
       </c>
       <c r="C23" t="s">
         <v>142</v>
       </c>
       <c r="D23" t="s">
         <v>143</v>
       </c>
       <c r="E23" t="s">
         <v>144</v>
       </c>
       <c r="F23">
         <v>36211</v>
       </c>
       <c r="G23">
         <v>986437343</v>
       </c>
       <c r="H23" t="s">
         <v>145</v>
       </c>
       <c r="I23">
         <v>986437116</v>
       </c>
       <c r="J23" t="s">
         <v>61</v>
       </c>